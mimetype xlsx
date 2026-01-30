--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -4,59 +4,59 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="ptge_export_2025_11_29" sheetId="1" r:id="rId4"/>
+    <sheet name="ptge_export_2026_01_29" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1088">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1101">
   <si>
     <t>Nom du PTGE</t>
   </si>
   <si>
     <t>Code du PTGE</t>
   </si>
   <si>
     <t>État d'avancement</t>
   </si>
   <si>
     <t>SAGE sur le territoire</t>
   </si>
   <si>
     <t>Date d'émergence du PTGE</t>
   </si>
   <si>
     <t>Adoption par le comité de pilotage ou la CLE</t>
   </si>
   <si>
     <t>Approbation par le préfet coordonnateur de bassin</t>
   </si>
   <si>
     <t>Décision d'engager la révision</t>
   </si>
   <si>
@@ -323,54 +323,54 @@
   <si>
     <t>Chambre d'Agriculture Charente Maritime et Deux-Sèvre</t>
   </si>
   <si>
     <t>https://cmds.chambres-agriculture.fr/</t>
   </si>
   <si>
     <t>accueil@cmds.chambagri.fr</t>
   </si>
   <si>
     <t>Marie Rolland</t>
   </si>
   <si>
     <t>mrolland@symbo-boutonne.fr</t>
   </si>
   <si>
     <t>Anaïs Moison</t>
   </si>
   <si>
     <t>Isle</t>
   </si>
   <si>
     <t>PTGE05012</t>
   </si>
   <si>
-    <t>Elaboration, co-construction des scénarios et programme d’actions</t>
-[...1 lines deleted...]
-  <si>
     <t>Isle - Dronne; Nappes profondes de Gironde</t>
+  </si>
+  <si>
+    <t>juillet 2025</t>
   </si>
   <si>
     <t>Dordogne</t>
   </si>
   <si>
     <t>https://www.eptb-dordogne.fr/contenu/index/idcontenu/290</t>
   </si>
   <si>
     <t>EPIDOR</t>
   </si>
   <si>
     <t>Place de la Laïcité</t>
   </si>
   <si>
     <t>Castelnaud-la-Chapelle</t>
   </si>
   <si>
     <t>https://www.eptb-dordogne.fr/</t>
   </si>
   <si>
     <t>epidor@eptb-dordogne.fr</t>
   </si>
   <si>
     <t>Amélie Bresson</t>
   </si>
@@ -468,89 +468,99 @@
   <si>
     <t>Beauville</t>
   </si>
   <si>
     <t>https://smbv2s.fr/</t>
   </si>
   <si>
     <t>accueil@smbv2s.fr</t>
   </si>
   <si>
     <t>Assiata Traoré</t>
   </si>
   <si>
     <t>Chargée de mission "Animation PTGE"</t>
   </si>
   <si>
     <t>ptge@smbv2s.fr</t>
   </si>
   <si>
     <t>Adour en amont d'Aire-sur-l'Adour</t>
   </si>
   <si>
     <t>PTGE05005</t>
   </si>
   <si>
+    <t>Elaboration, co-construction des scénarios et programme d’actions</t>
+  </si>
+  <si>
     <t>Adour amont</t>
   </si>
   <si>
     <t>2016 : phase préalable portée par l'Etat, afin d'identifier les conditions de réalisation d'un PTGE. Réalisation d'un audit patrimonial, de 3 réunions avec des usagers de l'eau du territoire, et d'une feuille de route.</t>
   </si>
   <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
     <t>Hautes-Pyrénées</t>
   </si>
   <si>
     <t>https://www.institution-adour.fr/projet-de-territoire-adour-en-amont-aire.html</t>
   </si>
   <si>
     <t>Institution Adour (Etablissement Public Territorial de Bassin)</t>
   </si>
   <si>
+    <t>970 Allée Jean d'Arcet</t>
+  </si>
+  <si>
+    <t>HAUT-MAUCO</t>
+  </si>
+  <si>
     <t>secretariat@institution-adour.fr</t>
   </si>
   <si>
     <t>Camille NEGRI</t>
   </si>
   <si>
     <t>Animatrice projet de territoire pour la gestion de l'eau de l'Adour amont</t>
   </si>
   <si>
     <t>pt.adouramont@institution-adour.fr</t>
   </si>
   <si>
     <t>Garonne Amont</t>
   </si>
   <si>
     <t>PTGE05009</t>
   </si>
   <si>
     <t>Vallée de la Garonne; Neste et Rivières de Gascogne; Bassins Versants des Pyrénées Ariégeoises</t>
   </si>
   <si>
-    <t>30/09/2020 (COPIL)
-[...1 lines deleted...]
-08/10/2020 (Comité de concertation)</t>
+    <t>30/09/2020 (COPIL)02/10/2020 (bureau de la CLE Vallée de la Garonne)08/10/2020 (Comité de concertation)</t>
   </si>
   <si>
     <t>31/03/2021</t>
   </si>
   <si>
     <t>Haute-Garonne</t>
   </si>
   <si>
     <t>https://www.garonne-amont.fr</t>
   </si>
   <si>
     <t>Conseil départemental de la Haute-Garonne</t>
   </si>
   <si>
     <t>1 boulevard de la Marquette</t>
   </si>
   <si>
     <t>Toulouse Cedex 9</t>
   </si>
   <si>
     <t>https://www.haute-garonne.fr/</t>
   </si>
   <si>
     <t>contact@cd31.fr</t>
   </si>
@@ -1109,53 +1119,62 @@
   <si>
     <t>Chargée de mission PTGE Allier aval</t>
   </si>
   <si>
     <t>maiwenn.rochard@eptb-loire.fr</t>
   </si>
   <si>
     <t>Lucile Mazeau</t>
   </si>
   <si>
     <t>Animatrice de la CLE du SAGE Allier aval</t>
   </si>
   <si>
     <t>lucile.mazeau@eptb-loire.fr</t>
   </si>
   <si>
     <t>Concert'eau Cher 2021-2026</t>
   </si>
   <si>
     <t>PTGE04007</t>
   </si>
   <si>
     <t>Cher amont; Yèvre Auron</t>
   </si>
   <si>
+    <t>nov 2025</t>
+  </si>
+  <si>
     <t>Cher</t>
   </si>
   <si>
+    <t>https://www.departement18.fr/Concert-eau</t>
+  </si>
+  <si>
+    <t>Département du Cher</t>
+  </si>
+  <si>
     <t>Marie ARDIET</t>
   </si>
   <si>
     <t>Animatrice Concert'eau</t>
   </si>
   <si>
     <t>Marie.ARDIET@eptb-loire.fr</t>
   </si>
   <si>
     <t>Curé</t>
   </si>
   <si>
     <t>PTGE04008</t>
   </si>
   <si>
     <t>Sèvre Niortaise et Marais Poitevin</t>
   </si>
   <si>
     <t>https://www.syrima.fr/projet-de-territoire-pour-la-gestion-de-leau-du-bassin-du-cure/</t>
   </si>
   <si>
     <t>Chambre d'agriculture de la Charente-Maritime (CA17)</t>
   </si>
   <si>
     <t>2 avenue de Fétilly, CS 85074,</t>
@@ -1659,50 +1678,53 @@
     <t>CC de la Dombes</t>
   </si>
   <si>
     <t>100, avenue Foch</t>
   </si>
   <si>
     <t>Châtillon-sur-Chalaronne</t>
   </si>
   <si>
     <t>https://www.ccdombes.fr/</t>
   </si>
   <si>
     <t>Basse vallée de l'Ain</t>
   </si>
   <si>
     <t>PTGE06043</t>
   </si>
   <si>
     <t>28/06/2017</t>
   </si>
   <si>
     <t>SAGE Basse Vallée de l'Ain (SR3A)</t>
   </si>
   <si>
     <t>rue Marcel PAUL</t>
+  </si>
+  <si>
+    <t>01500</t>
   </si>
   <si>
     <t>Amberieu en Bugey</t>
   </si>
   <si>
     <t>Pays de Gex, Léman</t>
   </si>
   <si>
     <t>PTGE06046</t>
   </si>
   <si>
     <t>Arve</t>
   </si>
   <si>
     <t>26/04/2018</t>
   </si>
   <si>
     <t>CA du Pays de Gex</t>
   </si>
   <si>
     <t>135, rue de Genève</t>
   </si>
   <si>
     <t>Gex</t>
   </si>
@@ -1999,77 +2021,77 @@
   <si>
     <t>Bas Dauphiné Plaine de Valence; Bièvre - Liers - Valloire</t>
   </si>
   <si>
     <t>13/12/2016</t>
   </si>
   <si>
     <t>Syndicat Mixte Ay Ozon</t>
   </si>
   <si>
     <t>380 Jaloine</t>
   </si>
   <si>
     <t>Saint-Romain-d'Ay</t>
   </si>
   <si>
     <t>https://www.rivieres-ay-ozon.fr/</t>
   </si>
   <si>
     <t>Cance</t>
   </si>
   <si>
     <t>PTGE06063</t>
   </si>
   <si>
-    <t>Lignon du Velay; Bièvre - Liers - Valloire; Loire en Rhône Alpes</t>
+    <t>Bièvre - Liers - Valloire; Loire en Rhône Alpes</t>
   </si>
   <si>
     <t>10/10/2023</t>
   </si>
   <si>
     <t>Syndicat 3 rivières</t>
   </si>
   <si>
     <t>Château de la Lombardière BP 8</t>
   </si>
   <si>
+    <t>07430</t>
+  </si>
+  <si>
     <t>Davézieux</t>
   </si>
   <si>
     <t>https://www.3rivieres.fr/</t>
   </si>
   <si>
     <t>Doux</t>
   </si>
   <si>
     <t>PTGE06074</t>
   </si>
   <si>
-    <t>Lignon du Velay; Bas Dauphiné Plaine de Valence</t>
-[...1 lines deleted...]
-  <si>
     <t>Syndicat Mixte du Bassin Versant du Doux (SMBVD)</t>
   </si>
   <si>
     <t>3 rue des Condamines</t>
   </si>
   <si>
     <t>07300</t>
   </si>
   <si>
     <t>Mauves</t>
   </si>
   <si>
     <t>https://rivieredoux.fr/</t>
   </si>
   <si>
     <t>Renaud Dumas</t>
   </si>
   <si>
     <t>Chargé d'étude Gestion Quantitative</t>
   </si>
   <si>
     <t>r.dumas@rivieredoux.fr</t>
   </si>
   <si>
     <t>Eyrieux</t>
@@ -2167,51 +2189,54 @@
   <si>
     <t>Nappe Astienne; Fresquel; Haute Vallée de l'Aude; Basse vallée de l'Aude; Agly; Agout; Etang de Salses-Leucate; Orb-Libron; Hers Mort Girou; Bassins Versants des Pyrénées Ariégeoises</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>Aude</t>
   </si>
   <si>
     <t>SMMAR (EPTB) porte le SAGE</t>
   </si>
   <si>
     <t>Huveaune</t>
   </si>
   <si>
     <t>PTGE06071</t>
   </si>
   <si>
     <t>Arc provençal; Argens; Gapeau</t>
   </si>
   <si>
     <t>Bouches-du-Rhône</t>
   </si>
   <si>
-    <t>EPAGE HuCA</t>
+    <t>https://www.epagehuca.fr/le-bassin-versant-de-lhuveaune/milieux-aquatiques/le-ptge-projet-de-territoire-pour-la-gestion-de-leau/</t>
+  </si>
+  <si>
+    <t>EPAGE HuCA (Etablissement public d’aménagement et de gestion des eaux Huveaune – Côtiers – Aygalades)</t>
   </si>
   <si>
     <t>111, rue du Dirigeable</t>
   </si>
   <si>
     <t>Aubagne</t>
   </si>
   <si>
     <t>https://www.epagehuca.fr/</t>
   </si>
   <si>
     <t>Dijon Sud</t>
   </si>
   <si>
     <t>PTGE06002</t>
   </si>
   <si>
     <t>Vouge; Ouche</t>
   </si>
   <si>
     <t>01/12/2013</t>
   </si>
   <si>
     <t>03/03/2014</t>
   </si>
@@ -2782,63 +2807,75 @@
   <si>
     <t>Sègre</t>
   </si>
   <si>
     <t>PTGE06042</t>
   </si>
   <si>
     <t>Bassins Versants des Pyrénées Ariégeoises</t>
   </si>
   <si>
     <t>28/06/2019</t>
   </si>
   <si>
     <t>CC Pyrénées-Cerdagne</t>
   </si>
   <si>
     <t>4, rue du Torrent</t>
   </si>
   <si>
     <t>Saillagouse</t>
   </si>
   <si>
     <t>https://www.pyrenees-cerdagne.fr/</t>
   </si>
   <si>
-    <t>Tech</t>
+    <t>Tech-Albères</t>
   </si>
   <si>
     <t>PTGE06024</t>
   </si>
   <si>
     <t>Tech-Albères; Nappes plio-quaternaires de la plaine du Roussillon</t>
   </si>
   <si>
     <t>28/05/2018</t>
   </si>
   <si>
-    <t>SMIGATA porte la SAGE</t>
+    <t>https://syndicatdutech.fr/outils/le-pgre/</t>
+  </si>
+  <si>
+    <t>Syndicat du Tech</t>
+  </si>
+  <si>
+    <t>2 rue Jean Amade</t>
+  </si>
+  <si>
+    <t>CERET</t>
+  </si>
+  <si>
+    <t>https://syndicatdutech.fr/</t>
   </si>
   <si>
     <t>Têt</t>
   </si>
   <si>
     <t>PTGE06059</t>
   </si>
   <si>
     <t>Haute Vallée de l'Aude; Tech-Albères; Agly; Nappes plio-quaternaires de la plaine du Roussillon; Bassins Versants des Pyrénées Ariégeoises</t>
   </si>
   <si>
     <t>06/09/2019</t>
   </si>
   <si>
     <t>Syndicat Mixte de la Têt Bassin Versant - SMTBV</t>
   </si>
   <si>
     <t>contact-web@bassintet.fr</t>
   </si>
   <si>
     <t>Brévenne Turdine</t>
   </si>
   <si>
     <t>PTGE06068</t>
   </si>
@@ -4132,57 +4169,60 @@
       </c>
       <c r="Y6" t="s">
         <v>97</v>
       </c>
       <c r="Z6" t="s">
         <v>98</v>
       </c>
       <c r="AA6" t="s">
         <v>52</v>
       </c>
       <c r="AB6" t="s">
         <v>99</v>
       </c>
       <c r="AC6" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:34">
       <c r="A7" t="s">
         <v>101</v>
       </c>
       <c r="B7" t="s">
         <v>102</v>
       </c>
       <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E7">
         <v>2021</v>
+      </c>
+      <c r="F7" t="s">
+        <v>104</v>
       </c>
       <c r="K7" t="s">
         <v>41</v>
       </c>
       <c r="L7" t="s">
         <v>105</v>
       </c>
       <c r="M7" t="s">
         <v>106</v>
       </c>
       <c r="N7" t="s">
         <v>107</v>
       </c>
       <c r="O7" t="s">
         <v>108</v>
       </c>
       <c r="P7">
         <v>24250</v>
       </c>
       <c r="Q7" t="s">
         <v>109</v>
       </c>
       <c r="R7" t="s">
         <v>110</v>
       </c>
@@ -4359,4789 +4399,4825 @@
       </c>
       <c r="R10" t="s">
         <v>144</v>
       </c>
       <c r="S10" t="s">
         <v>145</v>
       </c>
       <c r="Z10" t="s">
         <v>146</v>
       </c>
       <c r="AA10" t="s">
         <v>147</v>
       </c>
       <c r="AB10" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="11" spans="1:34">
       <c r="A11" t="s">
         <v>149</v>
       </c>
       <c r="B11" t="s">
         <v>150</v>
       </c>
       <c r="C11" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E11" t="s">
-        <v>152</v>
+        <v>153</v>
+      </c>
+      <c r="F11" t="s">
+        <v>154</v>
       </c>
       <c r="K11" t="s">
         <v>41</v>
       </c>
       <c r="L11" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M11" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="N11" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="O11" t="s">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="P11">
-        <v>40025</v>
+        <v>40280</v>
       </c>
       <c r="Q11" t="s">
-        <v>123</v>
+        <v>159</v>
       </c>
       <c r="R11" t="s">
         <v>124</v>
       </c>
       <c r="S11" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="Z11" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="AA11" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="AB11" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="12" spans="1:34">
       <c r="A12" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B12" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E12">
         <v>2017</v>
       </c>
       <c r="F12" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G12" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="K12" t="s">
         <v>41</v>
       </c>
       <c r="L12" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="M12" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="N12" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="O12" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="P12">
         <v>31090</v>
       </c>
       <c r="Q12" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="R12" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="S12" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="Z12" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="AA12" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="AB12" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="AC12" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="AD12" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="AE12" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="13" spans="1:34">
       <c r="A13" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B13" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
         <v>116</v>
       </c>
       <c r="E13">
         <v>2017</v>
       </c>
       <c r="K13" t="s">
         <v>41</v>
       </c>
       <c r="L13" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="M13" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="N13" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="O13" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="P13">
         <v>81630</v>
       </c>
       <c r="Q13" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="S13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="Z13" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="AA13" t="s">
         <v>52</v>
       </c>
       <c r="AB13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="14" spans="1:34">
       <c r="A14" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C14" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D14" t="s">
         <v>138</v>
       </c>
       <c r="E14" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="K14" t="s">
         <v>41</v>
       </c>
       <c r="L14" t="s">
         <v>139</v>
       </c>
       <c r="M14" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="N14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="O14" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="P14">
         <v>47200</v>
       </c>
       <c r="Q14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="R14" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="S14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="Z14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="AA14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="AB14" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="15" spans="1:34">
       <c r="A15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B15" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C15" t="s">
         <v>116</v>
       </c>
       <c r="D15" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="E15" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="K15" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="L15" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="N15" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="O15" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="P15">
         <v>67070</v>
       </c>
       <c r="Q15" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="R15" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="Z15" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="AA15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="AB15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="16" spans="1:34">
       <c r="A16" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B16" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C16" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E16">
         <v>2025</v>
       </c>
       <c r="K16" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="L16" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="N16" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="O16" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="P16">
         <v>97801</v>
       </c>
       <c r="Q16" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="R16" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="17" spans="1:34">
       <c r="A17" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B17" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="E17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="K17" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L17" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="N17" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="O17" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P17">
         <v>20222</v>
       </c>
       <c r="Q17" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="R17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="S17" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="Z17" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="AA17" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="AB17" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="18" spans="1:34">
       <c r="A18" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C18" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K18" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L18" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="19" spans="1:34">
       <c r="A19" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B19" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C19" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K19" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L19" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="20" spans="1:34">
       <c r="A20" t="s">
+        <v>241</v>
+      </c>
+      <c r="B20" t="s">
+        <v>242</v>
+      </c>
+      <c r="C20" t="s">
         <v>237</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="K20" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L20" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="N20" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="21" spans="1:34">
       <c r="A21" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B21" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C21" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K21" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L21" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="22" spans="1:34">
       <c r="A22" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B22" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C22" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K22" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L22" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="23" spans="1:34">
       <c r="A23" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B23" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C23" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K23" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L23" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="24" spans="1:34">
       <c r="A24" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B24" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C24" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K24" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L24" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="25" spans="1:34">
       <c r="A25" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B25" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C25" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D25" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="K25" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L25" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="26" spans="1:34">
       <c r="A26" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B26" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C26" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K26" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L26" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="27" spans="1:34">
       <c r="A27" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B27" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C27" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K27" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L27" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="28" spans="1:34">
       <c r="A28" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B28" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C28" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K28" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L28" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="29" spans="1:34">
       <c r="A29" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B29" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C29" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K29" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L29" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="30" spans="1:34">
       <c r="A30" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B30" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C30" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K30" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="L30" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="31" spans="1:34">
       <c r="A31" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B31" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E31">
         <v>2019</v>
       </c>
       <c r="K31" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L31" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="M31" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="N31" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="O31" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="P31">
         <v>60280</v>
       </c>
       <c r="Q31" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="R31" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="S31" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="Z31" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="AA31" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="AB31" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="32" spans="1:34">
       <c r="A32" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B32" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C32" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E32">
         <v>2020</v>
       </c>
       <c r="K32" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L32" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="M32" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="N32" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="O32" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="P32">
         <v>89700</v>
       </c>
       <c r="Q32" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="R32" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="S32" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="T32" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="U32" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="V32">
         <v>21320</v>
       </c>
       <c r="W32" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="X32" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="Y32" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="Z32" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="AA32" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="AB32" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="33" spans="1:34">
       <c r="A33" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B33" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
       <c r="D33" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E33" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F33" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="G33" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="K33" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L33" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="M33" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="N33" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="O33" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="P33">
         <v>45200</v>
       </c>
       <c r="Q33" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="R33" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="S33" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="Z33" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="AA33" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="AB33" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="AC33" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="AD33" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="AE33" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:34">
       <c r="A34" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B34" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C34" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E34">
         <v>2020</v>
       </c>
       <c r="K34" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L34" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="M34" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="N34" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="O34" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="P34">
         <v>14035</v>
       </c>
       <c r="Q34" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="R34" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="Z34" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="AA34" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="AB34" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="35" spans="1:34">
       <c r="A35" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B35" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C35" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E35">
         <v>2023</v>
       </c>
       <c r="K35" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L35" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="N35" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="36" spans="1:34">
       <c r="A36" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B36" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C36" t="s">
         <v>116</v>
       </c>
       <c r="D36" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E36" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="K36" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L36" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="M36" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="N36" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="O36" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="P36">
         <v>42000</v>
       </c>
       <c r="Q36" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="R36" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="S36" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="T36" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="Z36" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="AA36" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="AB36" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="AC36" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="AD36" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="AE36" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="37" spans="1:34">
       <c r="A37" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B37" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C37" t="s">
         <v>116</v>
       </c>
       <c r="D37" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="E37">
         <v>2019</v>
       </c>
       <c r="K37" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L37" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="M37" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="N37" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="O37" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="P37">
         <v>45057</v>
       </c>
       <c r="Q37" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="R37" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="S37" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="Z37" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="AA37" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="AB37" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="AC37" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="AD37" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="AE37" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
     </row>
     <row r="38" spans="1:34">
       <c r="A38" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B38" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C38" t="s">
         <v>116</v>
       </c>
       <c r="D38" t="s">
-        <v>363</v>
+        <v>367</v>
+      </c>
+      <c r="E38" t="s">
+        <v>368</v>
       </c>
       <c r="K38" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L38" t="s">
-        <v>364</v>
+        <v>369</v>
+      </c>
+      <c r="M38" t="s">
+        <v>370</v>
       </c>
       <c r="N38" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="R38" t="s">
-        <v>353</v>
+        <v>370</v>
+      </c>
+      <c r="T38" t="s">
+        <v>354</v>
+      </c>
+      <c r="X38" t="s">
+        <v>357</v>
       </c>
       <c r="Z38" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="AA38" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="AB38" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
     </row>
     <row r="39" spans="1:34">
       <c r="A39" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="B39" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="D39" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E39">
         <v>2021</v>
       </c>
       <c r="K39" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L39" t="s">
         <v>62</v>
       </c>
       <c r="M39" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="N39" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="O39" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="P39">
         <v>17074</v>
       </c>
       <c r="Q39" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="R39" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="S39" t="s">
         <v>97</v>
       </c>
       <c r="T39" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="X39" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="Y39" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="Z39" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="AA39" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="AB39" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="40" spans="1:34">
       <c r="A40" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="B40" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="C40" t="s">
         <v>36</v>
       </c>
       <c r="D40" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E40">
         <v>2018</v>
       </c>
       <c r="F40" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="G40" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="H40">
         <v>2022</v>
       </c>
       <c r="K40" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L40" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="M40" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="N40" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="O40" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="P40">
         <v>79231</v>
       </c>
       <c r="Q40" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="R40" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="S40" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="T40" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="X40" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="Y40" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
     </row>
     <row r="41" spans="1:34">
       <c r="A41" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B41" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="C41" t="s">
         <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="E41">
         <v>2023</v>
       </c>
       <c r="K41" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L41" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="M41" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="N41" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="O41" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="P41">
         <v>86008</v>
       </c>
       <c r="Q41" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="R41" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="S41" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="Z41" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="AA41" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="AB41" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
     </row>
     <row r="42" spans="1:34">
       <c r="A42" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B42" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C42" t="s">
         <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="K42" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L42" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="M42" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="N42" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="O42" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="P42">
         <v>44310</v>
       </c>
       <c r="Q42" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="R42" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="S42" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="Z42" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="AA42" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="AB42" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43" spans="1:34">
       <c r="A43" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="B43" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C43" t="s">
         <v>116</v>
       </c>
       <c r="D43" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="E43">
         <v>2021</v>
       </c>
       <c r="K43" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L43" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="M43" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="N43" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="O43" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="P43">
         <v>49380</v>
       </c>
       <c r="Q43" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="R43" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="S43" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="Z43" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="AA43" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="AB43" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
     </row>
     <row r="44" spans="1:34">
       <c r="A44" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="B44" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="C44" t="s">
         <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="E44">
         <v>2019</v>
       </c>
       <c r="K44" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L44" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="M44" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="N44" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="O44" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="P44">
         <v>49500</v>
       </c>
       <c r="Q44" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="R44" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="S44" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="Z44" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="AA44" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="AB44" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="AC44" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="AD44" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="AE44" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="AF44" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="AG44" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="AH44" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
     </row>
     <row r="45" spans="1:34">
       <c r="A45" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B45" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="E45" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="K45" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L45" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="M45" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="N45" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="O45" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="P45">
         <v>72130</v>
       </c>
       <c r="Q45" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="R45" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="S45" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="Z45" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="AA45" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="AB45" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="AC45" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="AD45" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="AE45" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="46" spans="1:34">
       <c r="A46" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B46" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E46" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="K46" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L46" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="M46" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="N46" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="O46" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="P46">
         <v>85200</v>
       </c>
       <c r="Q46" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="R46" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="S46" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="T46" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="Z46" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="AA46" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="AB46" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="AC46" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="AD46" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="AE46" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
     </row>
     <row r="47" spans="1:34">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="B47" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="C47" t="s">
         <v>116</v>
       </c>
       <c r="D47" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="E47">
         <v>2021</v>
       </c>
       <c r="K47" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L47" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="M47" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="N47" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="O47" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="P47">
         <v>85440</v>
       </c>
       <c r="Q47" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="R47" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="S47" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="Z47" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="AA47" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="AB47" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
     </row>
     <row r="48" spans="1:34">
       <c r="A48" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="B48" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="E48">
         <v>2021</v>
       </c>
       <c r="K48" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L48" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="M48" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="N48" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="O48" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="P48">
         <v>85800</v>
       </c>
       <c r="Q48" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="R48" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="S48" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="Z48" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="AA48" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="AB48" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="AC48" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="AD48" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="AE48" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
     </row>
     <row r="49" spans="1:34">
       <c r="A49" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="B49" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C49" t="s">
-        <v>188</v>
+        <v>116</v>
       </c>
       <c r="D49" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="E49">
         <v>2024</v>
       </c>
       <c r="K49" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L49" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="M49" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="N49" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="O49" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="P49">
         <v>53000</v>
       </c>
       <c r="Q49" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="R49" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="S49" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="Z49" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="AA49" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="AB49" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="AC49" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="AD49" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="AE49" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
     </row>
     <row r="50" spans="1:34">
       <c r="A50" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B50" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C50" t="s">
-        <v>188</v>
+        <v>116</v>
       </c>
       <c r="D50" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="K50" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L50" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="M50" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="Z50" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="AA50" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="AB50" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="AC50" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="AD50" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="AE50" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
     </row>
     <row r="51" spans="1:34">
       <c r="A51" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B51" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="C51" t="s">
         <v>116</v>
       </c>
       <c r="D51" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="K51" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L51" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="M51" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="N51" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="O51" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="P51">
         <v>49600</v>
       </c>
       <c r="Q51" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="R51" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="S51" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="AB51" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
     </row>
     <row r="52" spans="1:34">
       <c r="A52" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="B52" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="C52" t="s">
         <v>116</v>
       </c>
       <c r="D52" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="K52" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L52" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="N52" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="O52" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="P52">
         <v>1400</v>
       </c>
       <c r="Q52" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="R52" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
     </row>
     <row r="53" spans="1:34">
       <c r="A53" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="B53" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C53" t="s">
         <v>36</v>
       </c>
       <c r="D53" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="F53" t="s">
+        <v>552</v>
+      </c>
+      <c r="K53" t="s">
+        <v>544</v>
+      </c>
+      <c r="L53" t="s">
         <v>545</v>
       </c>
-      <c r="K53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N53" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="O53" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>554</v>
+      </c>
+      <c r="P53" t="s">
+        <v>555</v>
       </c>
       <c r="Q53" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
     </row>
     <row r="54" spans="1:34">
       <c r="A54" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B54" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C54" t="s">
         <v>36</v>
       </c>
       <c r="D54" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F54" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="K54" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L54" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="N54" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="O54" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="P54">
         <v>1170</v>
       </c>
       <c r="Q54" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="R54" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
     </row>
     <row r="55" spans="1:34">
       <c r="A55" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="B55" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="C55" t="s">
         <v>36</v>
       </c>
       <c r="D55" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="F55" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="K55" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L55" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="N55" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="O55" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="P55">
         <v>1300</v>
       </c>
       <c r="Q55" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="R55" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
     </row>
     <row r="56" spans="1:34">
       <c r="A56" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="B56" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="C56" t="s">
         <v>36</v>
       </c>
       <c r="D56" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="F56" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="G56" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="K56" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L56" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="N56" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O56" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P56">
         <v>4000</v>
       </c>
       <c r="Q56" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="57" spans="1:34">
       <c r="A57" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="B57" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="C57" t="s">
         <v>36</v>
       </c>
       <c r="D57" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F57" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="G57" t="s">
+        <v>586</v>
+      </c>
+      <c r="K57" t="s">
+        <v>544</v>
+      </c>
+      <c r="L57" t="s">
         <v>578</v>
       </c>
-      <c r="K57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N57" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O57" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P57">
         <v>4000</v>
       </c>
       <c r="Q57" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="58" spans="1:34">
       <c r="A58" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="B58" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="C58" t="s">
         <v>36</v>
       </c>
       <c r="D58" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F58" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="G58" t="s">
+        <v>586</v>
+      </c>
+      <c r="K58" t="s">
+        <v>544</v>
+      </c>
+      <c r="L58" t="s">
         <v>578</v>
       </c>
-      <c r="K58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N58" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O58" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P58">
         <v>4000</v>
       </c>
       <c r="Q58" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="59" spans="1:34">
       <c r="A59" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="B59" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="C59" t="s">
         <v>36</v>
       </c>
       <c r="D59" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="F59" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="G59" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="K59" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L59" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="N59" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O59" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P59">
         <v>4000</v>
       </c>
       <c r="Q59" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="60" spans="1:34">
       <c r="A60" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B60" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C60" t="s">
         <v>36</v>
       </c>
       <c r="D60" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F60" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="G60" t="s">
+        <v>586</v>
+      </c>
+      <c r="K60" t="s">
+        <v>544</v>
+      </c>
+      <c r="L60" t="s">
         <v>578</v>
       </c>
-      <c r="K60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N60" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O60" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P60">
         <v>4000</v>
       </c>
       <c r="Q60" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="61" spans="1:34">
       <c r="A61" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B61" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C61" t="s">
         <v>36</v>
       </c>
       <c r="D61" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F61" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="G61" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="K61" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L61" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="N61" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="O61" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="P61">
         <v>4000</v>
       </c>
       <c r="Q61" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="62" spans="1:34">
       <c r="A62" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="B62" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="C62" t="s">
         <v>36</v>
       </c>
       <c r="D62" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="F62" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="G62" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="K62" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L62" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="N62" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
     </row>
     <row r="63" spans="1:34">
       <c r="A63" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="B63" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="C63" t="s">
         <v>36</v>
       </c>
       <c r="D63" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="F63" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="G63" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="K63" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L63" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="N63" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
     </row>
     <row r="64" spans="1:34">
       <c r="A64" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="B64" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="F64" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="G64" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="K64" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L64" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N64" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="O64" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="P64">
         <v>6286</v>
       </c>
       <c r="Q64" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="T64" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="65" spans="1:34">
       <c r="A65" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="B65" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C65" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K65" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L65" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N65" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="O65" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="P65">
         <v>26000</v>
       </c>
       <c r="Q65" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="66" spans="1:34">
       <c r="A66" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="B66" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="C66" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D66" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="K66" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L66" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N66" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="O66" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="P66">
         <v>26026</v>
       </c>
       <c r="Q66" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="R66" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="S66" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
     </row>
     <row r="67" spans="1:34">
       <c r="A67" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="B67" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="C67" t="s">
         <v>36</v>
       </c>
       <c r="D67" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="F67" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="G67" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="K67" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L67" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N67" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="O67" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="P67">
         <v>6286</v>
       </c>
       <c r="Q67" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="T67" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="68" spans="1:34">
       <c r="A68" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B68" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="C68" t="s">
         <v>36</v>
       </c>
       <c r="D68" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="F68" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="K68" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L68" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N68" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="O68" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="P68">
         <v>6286</v>
       </c>
       <c r="Q68" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="T68" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="69" spans="1:34">
       <c r="A69" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="C69" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D69" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="K69" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L69" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="N69" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="O69" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="P69">
         <v>38162</v>
       </c>
       <c r="Q69" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="R69" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
     </row>
     <row r="70" spans="1:34">
       <c r="A70" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="B70" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="C70" t="s">
         <v>36</v>
       </c>
       <c r="D70" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="F70" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="K70" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L70" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N70" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="O70" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="P70">
         <v>7200</v>
       </c>
       <c r="Q70" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
     </row>
     <row r="71" spans="1:34">
       <c r="A71" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="B71" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C71" t="s">
         <v>36</v>
       </c>
       <c r="D71" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="F71" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="K71" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L71" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N71" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="O71" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="P71">
         <v>7290</v>
       </c>
       <c r="Q71" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="R71" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
     </row>
     <row r="72" spans="1:34">
       <c r="A72" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="B72" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="C72" t="s">
         <v>36</v>
       </c>
       <c r="D72" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="F72" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="K72" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L72" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N72" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="O72" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>7430</v>
+        <v>671</v>
+      </c>
+      <c r="P72" t="s">
+        <v>672</v>
       </c>
       <c r="Q72" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="R72" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:34">
       <c r="A73" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="B73" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="C73" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>151</v>
+      </c>
+      <c r="E73">
+        <v>2024</v>
       </c>
       <c r="K73" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L73" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N73" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="O73" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="P73" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="Q73" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="R73" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="Z73" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="AA73" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="AB73" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
     </row>
     <row r="74" spans="1:34">
       <c r="A74" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B74" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="C74" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="F74" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="G74" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="K74" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L74" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N74" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="O74" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="P74" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="Q74" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="R74" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="Z74" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="AA74" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="AB74" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
     </row>
     <row r="75" spans="1:34">
       <c r="A75" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="B75" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="C75" t="s">
         <v>36</v>
       </c>
       <c r="D75" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="F75" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="G75" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="K75" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L75" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N75" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="O75" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="P75">
         <v>7000</v>
       </c>
       <c r="Q75" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="R75" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
     </row>
     <row r="76" spans="1:34">
       <c r="A76" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B76" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C76" t="s">
         <v>36</v>
       </c>
       <c r="D76" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="F76" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="K76" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L76" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="N76" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="O76" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="P76">
         <v>7350</v>
       </c>
       <c r="Q76" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="S76" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
     </row>
     <row r="77" spans="1:34">
       <c r="A77" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="B77" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="C77" t="s">
         <v>36</v>
       </c>
       <c r="D77" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="F77" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="K77" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L77" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="N77" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:34">
       <c r="A78" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="B78" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="C78" t="s">
         <v>116</v>
       </c>
       <c r="D78" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="K78" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L78" t="s">
-        <v>715</v>
+        <v>723</v>
+      </c>
+      <c r="M78" t="s">
+        <v>724</v>
       </c>
       <c r="N78" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="O78" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="P78">
         <v>13400</v>
       </c>
       <c r="Q78" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="R78" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:34">
       <c r="A79" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B79" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="C79" t="s">
         <v>36</v>
       </c>
       <c r="D79" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="F79" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="G79" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="K79" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L79" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="N79" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
     </row>
     <row r="80" spans="1:34">
       <c r="A80" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="B80" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="C80" t="s">
         <v>36</v>
       </c>
       <c r="D80" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="F80" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="G80" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="K80" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L80" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="N80" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="O80" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="P80">
         <v>21000</v>
       </c>
       <c r="Q80" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="R80" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
     </row>
     <row r="81" spans="1:34">
       <c r="A81" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B81" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="C81" t="s">
         <v>36</v>
       </c>
       <c r="D81" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="F81" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="G81" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="K81" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L81" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="N81" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
     </row>
     <row r="82" spans="1:34">
       <c r="A82" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="B82" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="C82" t="s">
         <v>36</v>
       </c>
       <c r="D82" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="F82" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="G82" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="K82" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L82" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="N82" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="O82" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="P82">
         <v>21220</v>
       </c>
       <c r="Q82" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="R82" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
     </row>
     <row r="83" spans="1:34">
       <c r="A83" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="B83" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="C83" t="s">
         <v>116</v>
       </c>
       <c r="K83" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L83" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="N83" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="O83" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="P83">
         <v>25190</v>
       </c>
       <c r="Q83" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="R83" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
     </row>
     <row r="84" spans="1:34">
       <c r="A84" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="B84" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="C84" t="s">
         <v>36</v>
       </c>
       <c r="D84" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="F84" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="K84" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L84" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="M84" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="N84" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="O84" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="P84">
         <v>25290</v>
       </c>
       <c r="Q84" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="R84" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="S84" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="Z84" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="AA84" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="AB84" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
     </row>
     <row r="85" spans="1:34">
       <c r="A85" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="B85" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="C85" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="K85" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L85" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N85" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="O85" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="P85">
         <v>26000</v>
       </c>
       <c r="Q85" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="86" spans="1:34">
       <c r="A86" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="B86" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="C86" t="s">
         <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="F86" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="K86" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L86" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N86" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="O86" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="P86">
         <v>26340</v>
       </c>
       <c r="Q86" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
     </row>
     <row r="87" spans="1:34">
       <c r="A87" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="B87" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="C87" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D87" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="F87" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="H87">
         <v>2025</v>
       </c>
       <c r="K87" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L87" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N87" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="O87" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="P87" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="Q87" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="R87" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="T87" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
     </row>
     <row r="88" spans="1:34">
       <c r="A88" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="B88" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="C88" t="s">
         <v>36</v>
       </c>
       <c r="D88" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="F88" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="G88" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="K88" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L88" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N88" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="S88" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
     </row>
     <row r="89" spans="1:34">
       <c r="A89" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="B89" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="C89" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D89" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="F89" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="H89">
         <v>2025</v>
       </c>
       <c r="K89" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L89" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N89" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="O89" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="P89">
         <v>26241</v>
       </c>
       <c r="Q89" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="R89" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
     </row>
     <row r="90" spans="1:34">
       <c r="A90" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="B90" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="C90" t="s">
         <v>36</v>
       </c>
       <c r="D90" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="E90">
         <v>2022</v>
       </c>
       <c r="F90" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
       <c r="K90" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L90" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="M90" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="N90" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="O90" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="P90">
         <v>84600</v>
       </c>
       <c r="Q90" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="R90" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="S90" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="Z90" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="AA90" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="AB90" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
     </row>
     <row r="91" spans="1:34">
       <c r="A91" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="B91" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="C91" t="s">
         <v>36</v>
       </c>
       <c r="D91" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="F91" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
       <c r="K91" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L91" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N91" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
     </row>
     <row r="92" spans="1:34">
       <c r="A92" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="B92" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="C92" t="s">
         <v>36</v>
       </c>
       <c r="D92" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="F92" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="K92" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L92" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="N92" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="O92" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="P92">
         <v>26026</v>
       </c>
       <c r="Q92" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="93" spans="1:34">
       <c r="A93" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="B93" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="C93" t="s">
         <v>36</v>
       </c>
       <c r="D93" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="F93" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="G93" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="K93" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L93" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="N93" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="O93" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="P93">
         <v>30500</v>
       </c>
       <c r="Q93" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="R93" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
     </row>
     <row r="94" spans="1:34">
       <c r="A94" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="B94" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="C94" t="s">
         <v>36</v>
       </c>
       <c r="D94" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="F94" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="G94" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="K94" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L94" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="N94" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
     </row>
     <row r="95" spans="1:34">
       <c r="A95" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="B95" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="C95" t="s">
         <v>36</v>
       </c>
       <c r="D95" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="F95" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="G95" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="K95" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L95" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="N95" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="O95" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="P95">
         <v>30251</v>
       </c>
       <c r="Q95" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
     </row>
     <row r="96" spans="1:34">
       <c r="A96" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="B96" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="C96" t="s">
         <v>36</v>
       </c>
       <c r="D96" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="F96" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="G96" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="K96" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L96" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="N96" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
     </row>
     <row r="97" spans="1:34">
       <c r="A97" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="B97" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="C97" t="s">
         <v>36</v>
       </c>
       <c r="D97" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="F97" t="s">
+        <v>864</v>
+      </c>
+      <c r="G97" t="s">
+        <v>859</v>
+      </c>
+      <c r="K97" t="s">
+        <v>544</v>
+      </c>
+      <c r="L97" t="s">
         <v>855</v>
       </c>
-      <c r="G97" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N97" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
     </row>
     <row r="98" spans="1:34">
       <c r="A98" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="B98" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="C98" t="s">
         <v>36</v>
       </c>
       <c r="D98" t="s">
+        <v>868</v>
+      </c>
+      <c r="F98" t="s">
+        <v>869</v>
+      </c>
+      <c r="G98" t="s">
         <v>859</v>
       </c>
-      <c r="F98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K98" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L98" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="N98" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
     </row>
     <row r="99" spans="1:34">
       <c r="A99" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="B99" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="C99" t="s">
         <v>36</v>
       </c>
       <c r="D99" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="F99" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="G99" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="K99" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L99" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="N99" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
     </row>
     <row r="100" spans="1:34">
       <c r="A100" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="B100" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="C100" t="s">
         <v>36</v>
       </c>
       <c r="D100" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="F100" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="G100" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="K100" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L100" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="N100" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
     </row>
     <row r="101" spans="1:34">
       <c r="A101" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="B101" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="C101" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D101" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="F101" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="G101" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="H101">
         <v>2025</v>
       </c>
       <c r="K101" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L101" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="N101" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
     </row>
     <row r="102" spans="1:34">
       <c r="A102" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="B102" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="C102" t="s">
         <v>36</v>
       </c>
       <c r="D102" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="F102" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="G102" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="K102" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L102" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="N102" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
     </row>
     <row r="103" spans="1:34">
       <c r="A103" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="B103" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="C103" t="s">
         <v>36</v>
       </c>
       <c r="D103" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="F103" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="K103" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L103" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="N103" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
     </row>
     <row r="104" spans="1:34">
       <c r="A104" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B104" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C104" t="s">
         <v>36</v>
       </c>
       <c r="D104" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="F104" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="K104" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L104" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="N104" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
     </row>
     <row r="105" spans="1:34">
       <c r="A105" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B105" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C105" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K105" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L105" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="N105" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
     </row>
     <row r="106" spans="1:34">
       <c r="A106" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="B106" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C106" t="s">
         <v>36</v>
       </c>
       <c r="D106" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="F106" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="K106" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L106" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="N106" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
     </row>
     <row r="107" spans="1:34">
       <c r="A107" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="B107" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="C107" t="s">
         <v>36</v>
       </c>
       <c r="D107" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="F107" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="G107" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="K107" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L107" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="N107" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
     </row>
     <row r="108" spans="1:34">
       <c r="A108" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="B108" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="C108" t="s">
         <v>36</v>
       </c>
       <c r="D108" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="F108" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="G108" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="K108" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L108" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="N108" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
     </row>
     <row r="109" spans="1:34">
       <c r="A109" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="B109" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="C109" t="s">
         <v>36</v>
       </c>
       <c r="D109" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="F109" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="G109" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="K109" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L109" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="N109" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="O109" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="P109">
         <v>66800</v>
       </c>
       <c r="Q109" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="R109" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
     </row>
     <row r="110" spans="1:34">
       <c r="A110" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="B110" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="C110" t="s">
         <v>36</v>
       </c>
       <c r="D110" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="F110" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="G110" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="K110" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L110" t="s">
-        <v>905</v>
+        <v>914</v>
+      </c>
+      <c r="M110" t="s">
+        <v>934</v>
       </c>
       <c r="N110" t="s">
-        <v>925</v>
+        <v>935</v>
+      </c>
+      <c r="O110" t="s">
+        <v>936</v>
+      </c>
+      <c r="P110">
+        <v>66401</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>937</v>
+      </c>
+      <c r="R110" t="s">
+        <v>938</v>
       </c>
     </row>
     <row r="111" spans="1:34">
       <c r="A111" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
       <c r="B111" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
       <c r="C111" t="s">
-        <v>36</v>
+        <v>790</v>
       </c>
       <c r="D111" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="F111" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="G111" t="s">
-        <v>911</v>
+        <v>920</v>
+      </c>
+      <c r="H111">
+        <v>2025</v>
       </c>
       <c r="K111" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L111" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="N111" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="AB111" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
     </row>
     <row r="112" spans="1:34">
       <c r="A112" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
       <c r="B112" t="s">
-        <v>933</v>
+        <v>946</v>
       </c>
       <c r="C112" t="s">
         <v>116</v>
       </c>
       <c r="D112" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="K112" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L112" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="N112" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
     </row>
     <row r="113" spans="1:34">
       <c r="A113" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="B113" t="s">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="C113" t="s">
         <v>36</v>
       </c>
       <c r="D113" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
       <c r="F113" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="G113" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
       <c r="K113" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L113" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="N113" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
     </row>
     <row r="114" spans="1:34">
       <c r="A114" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="B114" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
       <c r="C114" t="s">
         <v>36</v>
       </c>
       <c r="D114" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="F114" t="s">
-        <v>944</v>
+        <v>957</v>
       </c>
       <c r="G114" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
       <c r="K114" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L114" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="N114" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
     </row>
     <row r="115" spans="1:34">
       <c r="A115" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
       <c r="B115" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="C115" t="s">
         <v>36</v>
       </c>
       <c r="D115" t="s">
-        <v>948</v>
+        <v>961</v>
       </c>
       <c r="F115" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
       <c r="G115" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="K115" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L115" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="N115" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
     </row>
     <row r="116" spans="1:34">
       <c r="A116" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="B116" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="C116" t="s">
         <v>36</v>
       </c>
       <c r="D116" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="F116" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="G116" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="K116" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L116" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="N116" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="O116" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="P116">
         <v>71000</v>
       </c>
       <c r="Q116" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="R116" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
     </row>
     <row r="117" spans="1:34">
       <c r="A117" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="B117" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="C117" t="s">
         <v>116</v>
       </c>
       <c r="K117" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L117" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="N117" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
     </row>
     <row r="118" spans="1:34">
       <c r="A118" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="B118" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="C118" t="s">
         <v>36</v>
       </c>
       <c r="F118" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="G118" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="K118" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L118" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="N118" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
     </row>
     <row r="119" spans="1:34">
       <c r="A119" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="B119" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="C119" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="K119" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L119" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="N119" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
     </row>
     <row r="120" spans="1:34">
       <c r="A120" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
       <c r="B120" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="C120" t="s">
         <v>36</v>
       </c>
       <c r="D120" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F120" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="K120" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L120" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="N120" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
       <c r="O120" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="P120">
         <v>74105</v>
       </c>
       <c r="Q120" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="R120" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
     </row>
     <row r="121" spans="1:34">
       <c r="A121" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="B121" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="C121" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D121" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F121" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="G121" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="K121" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L121" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="M121" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="N121" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
     </row>
     <row r="122" spans="1:34">
       <c r="A122" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="B122" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="C122" t="s">
         <v>116</v>
       </c>
       <c r="K122" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L122" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="N122" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="O122" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="P122">
         <v>74207</v>
       </c>
       <c r="Q122" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="R122" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="123" spans="1:34">
       <c r="A123" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="B123" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="C123" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D123" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="K123" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L123" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N123" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="O123" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="P123">
         <v>83720</v>
       </c>
       <c r="Q123" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="R123" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="124" spans="1:34">
       <c r="A124" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="B124" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="C124" t="s">
         <v>36</v>
       </c>
       <c r="D124" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="F124" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="K124" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L124" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N124" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="O124" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="P124">
         <v>83720</v>
       </c>
       <c r="Q124" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="R124" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="125" spans="1:34">
       <c r="A125" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="B125" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="C125" t="s">
         <v>36</v>
       </c>
       <c r="D125" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="F125" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="G125" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="K125" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L125" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N125" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="T125" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="X125" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="126" spans="1:34">
       <c r="A126" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="B126" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="C126" t="s">
         <v>36</v>
       </c>
       <c r="F126" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="K126" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L126" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N126" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="127" spans="1:34">
       <c r="A127" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="B127" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="C127" t="s">
         <v>36</v>
       </c>
       <c r="D127" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="F127" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="K127" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L127" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N127" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="O127" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="P127">
         <v>83000</v>
       </c>
       <c r="Q127" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="128" spans="1:34">
       <c r="A128" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="B128" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="C128" t="s">
         <v>36</v>
       </c>
       <c r="D128" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="F128" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
       <c r="K128" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L128" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="N128" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="129" spans="1:34">
       <c r="A129" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="B129" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="C129" t="s">
         <v>36</v>
       </c>
       <c r="D129" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="F129" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="G129" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="K129" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L129" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="N129" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
       <c r="T129" t="s">
-        <v>1033</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="130" spans="1:34">
       <c r="A130" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="B130" t="s">
-        <v>1035</v>
+        <v>1048</v>
       </c>
       <c r="C130" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D130" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="K130" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L130" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="N130" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="131" spans="1:34">
       <c r="A131" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="B131" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="C131" t="s">
         <v>36</v>
       </c>
       <c r="D131" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F131" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="G131" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="K131" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L131" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="N131" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="132" spans="1:34">
       <c r="A132" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="B132" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="C132" t="s">
         <v>36</v>
       </c>
       <c r="D132" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="F132" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="G132" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="K132" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L132" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="N132" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="133" spans="1:34">
       <c r="A133" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="B133" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="C133" t="s">
         <v>36</v>
       </c>
       <c r="D133" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="F133" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="G133" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="K133" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L133" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="N133" t="s">
-        <v>1056</v>
+        <v>1069</v>
       </c>
       <c r="O133" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="P133">
         <v>71000</v>
       </c>
       <c r="Q133" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="R133" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="S133" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="134" spans="1:34">
       <c r="A134" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="B134" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="C134" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E134">
         <v>2025</v>
       </c>
       <c r="K134" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L134" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="M134" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
       <c r="N134" t="s">
-        <v>1064</v>
+        <v>1077</v>
       </c>
       <c r="O134" t="s">
-        <v>1065</v>
+        <v>1078</v>
       </c>
       <c r="P134">
         <v>38480</v>
       </c>
       <c r="Q134" t="s">
-        <v>1066</v>
+        <v>1079</v>
       </c>
       <c r="R134" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="S134" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="135" spans="1:34">
       <c r="A135" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="B135" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="C135" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E135">
         <v>2025</v>
       </c>
       <c r="K135" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L135" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="M135" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="N135" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="O135" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="P135" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
       <c r="Q135" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="R135" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="S135" t="s">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="Z135" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="AA135" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="AB135" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
     </row>
     <row r="136" spans="1:34">
       <c r="A136" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="B136" t="s">
-        <v>1077</v>
+        <v>1090</v>
       </c>
       <c r="C136" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D136" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="E136">
         <v>2025</v>
       </c>
       <c r="K136" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L136" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="N136" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="O136" t="s">
-        <v>1079</v>
+        <v>1092</v>
       </c>
       <c r="P136">
         <v>25560</v>
       </c>
       <c r="Q136" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
       <c r="R136" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="S136" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="Z136" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="AA136" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="AB136" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
     </row>
     <row r="137" spans="1:34">
       <c r="A137" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="B137" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="C137" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D137" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="E137">
         <v>2025</v>
       </c>
       <c r="K137" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L137" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="N137" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
       <c r="O137" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="P137">
         <v>71000</v>
       </c>
       <c r="Q137" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="R137" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="S137" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="138" spans="1:34">
       <c r="A138" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="B138" t="s">
-        <v>1085</v>
+        <v>1098</v>
       </c>
       <c r="C138" t="s">
         <v>116</v>
       </c>
       <c r="K138" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L138" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="N138" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="R138" t="s">
-        <v>1087</v>
+        <v>1100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>ptge_export_2025_11_29</vt:lpstr>
+      <vt:lpstr>ptge_export_2026_01_29</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>